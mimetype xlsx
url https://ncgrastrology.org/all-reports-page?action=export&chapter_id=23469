--- v0 (2025-12-14)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="169">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="176">
   <si>
     <t>Seattle - Puget Sound</t>
   </si>
   <si>
     <t>Last Name</t>
   </si>
   <si>
     <t>First Name</t>
   </si>
   <si>
     <t>Current Membership Level</t>
   </si>
   <si>
     <t>Current Start 
 Date</t>
   </si>
   <si>
     <t>Current 
 Amount Paid</t>
   </si>
   <si>
     <t>Current 
 Expiration Date</t>
   </si>
   <si>
@@ -99,279 +99,300 @@
   <si>
     <t>Deceased Members</t>
   </si>
   <si>
     <t>Aceves</t>
   </si>
   <si>
     <t>Rene</t>
   </si>
   <si>
     <t>US - Individual 1-Year Membership</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Join US - Individual 1-Year Membership</t>
   </si>
   <si>
     <t>Rene Aceves</t>
   </si>
   <si>
     <t>reneaceves@icloud.com</t>
   </si>
   <si>
+    <t>Mills</t>
+  </si>
+  <si>
+    <t>Joy</t>
+  </si>
+  <si>
+    <t>Renewal US - Individual 1-Year Membership</t>
+  </si>
+  <si>
+    <t>Joy Mills</t>
+  </si>
+  <si>
+    <t>joyseattle@yahoo.com</t>
+  </si>
+  <si>
+    <t>Willes</t>
+  </si>
+  <si>
+    <t>Donna</t>
+  </si>
+  <si>
+    <t>Donna Willes</t>
+  </si>
+  <si>
+    <t>dwilles@gmail.com</t>
+  </si>
+  <si>
+    <t>Wennerlind</t>
+  </si>
+  <si>
+    <t>Karen</t>
+  </si>
+  <si>
+    <t>US - Individual 3-Year Membership</t>
+  </si>
+  <si>
+    <t>PO Box 84312</t>
+  </si>
+  <si>
+    <t>Seattle</t>
+  </si>
+  <si>
+    <t>WA</t>
+  </si>
+  <si>
+    <t>US</t>
+  </si>
+  <si>
+    <t>Karen Wennerlind</t>
+  </si>
+  <si>
+    <t>kwennerlind@comcast.net</t>
+  </si>
+  <si>
+    <t>Weiss</t>
+  </si>
+  <si>
+    <t>Wendy</t>
+  </si>
+  <si>
+    <t>407 Berninger St</t>
+  </si>
+  <si>
+    <t>Enumclaw</t>
+  </si>
+  <si>
+    <t>Wendy Weiss</t>
+  </si>
+  <si>
+    <t>wendy.intuitive11@gmail.com</t>
+  </si>
+  <si>
+    <t>Scott</t>
+  </si>
+  <si>
+    <t>None</t>
+  </si>
+  <si>
+    <t>675 Bella Vista Dr</t>
+  </si>
+  <si>
+    <t>Titusville</t>
+  </si>
+  <si>
+    <t>FL</t>
+  </si>
+  <si>
+    <t>Scott Weiss</t>
+  </si>
+  <si>
+    <t>scottweiss1970@gmail.com</t>
+  </si>
+  <si>
+    <t>Trevino</t>
+  </si>
+  <si>
+    <t>Rheanna</t>
+  </si>
+  <si>
+    <t>Rheanna Trevino</t>
+  </si>
+  <si>
+    <t>rheanna.trevino@gmail.com</t>
+  </si>
+  <si>
+    <t>Trease</t>
+  </si>
+  <si>
+    <t>Matt</t>
+  </si>
+  <si>
+    <t>Matt Trease</t>
+  </si>
+  <si>
+    <t>mtrease@gmail.com</t>
+  </si>
+  <si>
+    <t>Smith</t>
+  </si>
+  <si>
+    <t>Debby</t>
+  </si>
+  <si>
+    <t>Lake Washington Blvd N, #F-503</t>
+  </si>
+  <si>
+    <t>Renton</t>
+  </si>
+  <si>
+    <t>usa</t>
+  </si>
+  <si>
+    <t>425.830.0586</t>
+  </si>
+  <si>
+    <t>Debby Smith</t>
+  </si>
+  <si>
+    <t>debbyanne@comcast.net</t>
+  </si>
+  <si>
+    <t>Slavik</t>
+  </si>
+  <si>
+    <t>Jazmín</t>
+  </si>
+  <si>
+    <t>Jazmín Slavik</t>
+  </si>
+  <si>
+    <t>jazminastrology@gmail.com</t>
+  </si>
+  <si>
+    <t>Polimenakos</t>
+  </si>
+  <si>
+    <t>Nicholas</t>
+  </si>
+  <si>
+    <t>Nicholas Polimenakos</t>
+  </si>
+  <si>
+    <t>goldysparkles@outlook.com</t>
+  </si>
+  <si>
+    <t>Parker</t>
+  </si>
+  <si>
+    <t>Joan</t>
+  </si>
+  <si>
+    <t>P.O. Box 60126</t>
+  </si>
+  <si>
+    <t>Shoreline</t>
+  </si>
+  <si>
+    <t>USA</t>
+  </si>
+  <si>
+    <t>206 947 1770</t>
+  </si>
+  <si>
+    <t>Joan Parker</t>
+  </si>
+  <si>
+    <t>joan@joanparker.com</t>
+  </si>
+  <si>
+    <t>Palmquest</t>
+  </si>
+  <si>
+    <t>Margaret</t>
+  </si>
+  <si>
+    <t>Margaret Palmquest</t>
+  </si>
+  <si>
+    <t>mpalmquest@hotmail.com</t>
+  </si>
+  <si>
+    <t>Padovan</t>
+  </si>
+  <si>
+    <t>Carol</t>
+  </si>
+  <si>
+    <t>Carol Padovan</t>
+  </si>
+  <si>
+    <t>carolshannonastrology@gmail.com</t>
+  </si>
+  <si>
     <t>McCloud Burkhart</t>
   </si>
   <si>
-    <t>Carol</t>
-[...1 lines deleted...]
-  <si>
     <t>Carol McCloud Burkhart</t>
   </si>
   <si>
     <t>Cloudhart@aol.com</t>
   </si>
   <si>
-    <t>Willes</t>
-[...185 lines deleted...]
-    <t>mpalmquest@hotmail.com</t>
+    <t>Anderson</t>
+  </si>
+  <si>
+    <t>Anastasia</t>
+  </si>
+  <si>
+    <t>8312 159th Place NE</t>
+  </si>
+  <si>
+    <t>Redmond</t>
+  </si>
+  <si>
+    <t>Anastasia Anderson</t>
+  </si>
+  <si>
+    <t>elahehheals@gmail.com</t>
   </si>
   <si>
     <t>Mazzuca</t>
   </si>
   <si>
     <t>Shawn</t>
   </si>
   <si>
     <t>Shawn Mazzuca</t>
   </si>
   <si>
     <t>shawn.mazzuca@gmail.com</t>
-  </si>
-[...16 lines deleted...]
-    <t>elahehheals@gmail.com</t>
   </si>
   <si>
     <t>Levine</t>
   </si>
   <si>
     <t>Rick</t>
   </si>
   <si>
     <t>7435 159th Pl NE #C216</t>
   </si>
   <si>
     <t>98052-4383</t>
   </si>
   <si>
     <t>(425) 882-3481</t>
   </si>
   <si>
     <t>Rick Levine</t>
   </si>
   <si>
     <t>rlevine@stariq.com</t>
   </si>
   <si>
     <t>Kerr</t>
   </si>
@@ -895,76 +916,76 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:T29"/>
+  <dimension ref="A1:T31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="O2" sqref="O2:O29"/>
+      <selection activeCell="O2" sqref="O2:O31"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="32.849121" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.281738" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="39.990234" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="17.709961" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="23.708496" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="19.423828" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="58.842773" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="26.993408" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="36.419678" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="8.85498" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="13.425293" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="26.993408" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="34.134521" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="37.705078" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="20.852051" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="25.422363" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
@@ -1041,202 +1062,202 @@
       <c r="N2"/>
       <c r="O2" s="5"/>
       <c r="P2" s="5"/>
       <c r="Q2" t="s">
         <v>25</v>
       </c>
       <c r="R2" t="s">
         <v>26</v>
       </c>
       <c r="S2" s="4">
         <v>367.0</v>
       </c>
       <c r="T2"/>
     </row>
     <row r="3" spans="1:20">
       <c r="B3" t="s">
         <v>27</v>
       </c>
       <c r="C3" t="s">
         <v>28</v>
       </c>
       <c r="D3" t="s">
         <v>22</v>
       </c>
       <c r="E3" s="3">
-        <v>45924.0</v>
+        <v>45999.0</v>
       </c>
       <c r="F3" s="5"/>
       <c r="G3" s="4">
-        <v>46289.0</v>
+        <v>46411.0</v>
       </c>
       <c r="H3" s="5" t="s">
         <v>23</v>
       </c>
       <c r="I3" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="J3"/>
       <c r="K3"/>
       <c r="L3"/>
       <c r="M3"/>
       <c r="N3"/>
       <c r="O3" s="5"/>
       <c r="P3" s="5"/>
       <c r="Q3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="R3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="S3" s="4">
         <v>367.0</v>
       </c>
       <c r="T3"/>
     </row>
     <row r="4" spans="1:20">
       <c r="B4" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C4" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D4" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="3">
         <v>45898.0</v>
       </c>
       <c r="F4" s="5">
         <v>70.0</v>
       </c>
       <c r="G4" s="4">
         <v>46263.0</v>
       </c>
       <c r="H4" s="5" t="s">
         <v>23</v>
       </c>
       <c r="I4" t="s">
         <v>24</v>
       </c>
       <c r="J4"/>
       <c r="K4"/>
       <c r="L4"/>
       <c r="M4"/>
       <c r="N4"/>
       <c r="O4" s="5"/>
       <c r="P4" s="5"/>
       <c r="Q4" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="R4" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="S4" s="4">
         <v>367.0</v>
       </c>
       <c r="T4"/>
     </row>
     <row r="5" spans="1:20">
       <c r="B5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D5" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E5" s="3">
         <v>44905.0</v>
       </c>
       <c r="F5" s="5">
         <v>180.0</v>
       </c>
       <c r="G5" s="4">
         <v>47097.0</v>
       </c>
       <c r="H5" s="5" t="s">
         <v>23</v>
       </c>
       <c r="I5" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="J5" t="s">
         <v>39</v>
       </c>
       <c r="K5"/>
       <c r="L5" t="s">
         <v>40</v>
       </c>
       <c r="M5" t="s">
         <v>41</v>
       </c>
       <c r="N5" t="s">
         <v>42</v>
       </c>
       <c r="O5" s="5">
         <v>98124</v>
       </c>
       <c r="P5" s="5">
         <v>2065500814</v>
       </c>
       <c r="Q5" t="s">
         <v>43</v>
       </c>
       <c r="R5" t="s">
         <v>44</v>
       </c>
       <c r="S5" s="4">
         <v>44170.0</v>
       </c>
       <c r="T5"/>
     </row>
     <row r="6" spans="1:20">
       <c r="B6" t="s">
         <v>45</v>
       </c>
       <c r="C6" t="s">
         <v>46</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="3">
-        <v>45661.0</v>
+        <v>46030.0</v>
       </c>
       <c r="F6" s="5">
         <v>70.0</v>
       </c>
       <c r="G6" s="4">
-        <v>46026.0</v>
+        <v>46395.0</v>
       </c>
       <c r="H6" s="5" t="s">
         <v>23</v>
       </c>
       <c r="I6" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="J6" t="s">
         <v>47</v>
       </c>
       <c r="K6"/>
       <c r="L6" t="s">
         <v>48</v>
       </c>
       <c r="M6" t="s">
         <v>41</v>
       </c>
       <c r="N6" t="s">
         <v>42</v>
       </c>
       <c r="O6" s="5">
         <v>98022</v>
       </c>
       <c r="P6" s="5">
         <v>3218302387</v>
       </c>
       <c r="Q6" t="s">
         <v>49</v>
       </c>
       <c r="R6" t="s">
         <v>50</v>
@@ -1388,51 +1409,51 @@
       <c r="T9"/>
     </row>
     <row r="10" spans="1:20">
       <c r="B10" t="s">
         <v>66</v>
       </c>
       <c r="C10" t="s">
         <v>67</v>
       </c>
       <c r="D10" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="3">
         <v>45916.0</v>
       </c>
       <c r="F10" s="5">
         <v>70.0</v>
       </c>
       <c r="G10" s="4">
         <v>46281.0</v>
       </c>
       <c r="H10" s="5" t="s">
         <v>23</v>
       </c>
       <c r="I10" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="J10">
         <v>1133</v>
       </c>
       <c r="K10" t="s">
         <v>68</v>
       </c>
       <c r="L10" t="s">
         <v>69</v>
       </c>
       <c r="M10" t="s">
         <v>41</v>
       </c>
       <c r="N10" t="s">
         <v>70</v>
       </c>
       <c r="O10" s="5">
         <v>98056</v>
       </c>
       <c r="P10" s="5" t="s">
         <v>71</v>
       </c>
       <c r="Q10" t="s">
         <v>72</v>
       </c>
@@ -1473,885 +1494,969 @@
       <c r="K11"/>
       <c r="L11"/>
       <c r="M11"/>
       <c r="N11"/>
       <c r="O11" s="5"/>
       <c r="P11" s="5"/>
       <c r="Q11" t="s">
         <v>76</v>
       </c>
       <c r="R11" t="s">
         <v>77</v>
       </c>
       <c r="S11" s="4">
         <v>367.0</v>
       </c>
       <c r="T11"/>
     </row>
     <row r="12" spans="1:20">
       <c r="B12" t="s">
         <v>78</v>
       </c>
       <c r="C12" t="s">
         <v>79</v>
       </c>
       <c r="D12" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="E12" s="3">
-        <v>45476.0</v>
+        <v>46040.0</v>
       </c>
       <c r="F12" s="5">
-        <v>0.0</v>
+        <v>70.0</v>
       </c>
       <c r="G12" s="4">
-        <v>45476.0</v>
+        <v>46405.0</v>
       </c>
       <c r="H12" s="5" t="s">
         <v>23</v>
       </c>
       <c r="I12" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="J12"/>
       <c r="K12"/>
       <c r="L12"/>
       <c r="M12"/>
       <c r="N12"/>
       <c r="O12" s="5"/>
       <c r="P12" s="5"/>
       <c r="Q12" t="s">
         <v>80</v>
       </c>
       <c r="R12" t="s">
         <v>81</v>
       </c>
       <c r="S12" s="4">
         <v>367.0</v>
       </c>
       <c r="T12"/>
     </row>
     <row r="13" spans="1:20">
       <c r="B13" t="s">
         <v>82</v>
       </c>
       <c r="C13" t="s">
         <v>83</v>
       </c>
       <c r="D13" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E13" s="3">
         <v>45924.0</v>
       </c>
       <c r="F13" s="5">
         <v>55.0</v>
       </c>
       <c r="G13" s="4">
         <v>47020.0</v>
       </c>
       <c r="H13" s="5" t="s">
         <v>23</v>
       </c>
       <c r="I13" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="J13" t="s">
         <v>84</v>
       </c>
       <c r="K13"/>
       <c r="L13" t="s">
         <v>85</v>
       </c>
       <c r="M13" t="s">
         <v>41</v>
       </c>
       <c r="N13" t="s">
         <v>86</v>
       </c>
       <c r="O13" s="5">
         <v>98160</v>
       </c>
       <c r="P13" s="5" t="s">
         <v>87</v>
       </c>
       <c r="Q13" t="s">
         <v>88</v>
       </c>
       <c r="R13" t="s">
         <v>89</v>
       </c>
       <c r="S13" s="4">
         <v>42869.0</v>
       </c>
       <c r="T13"/>
     </row>
     <row r="14" spans="1:20">
       <c r="B14" t="s">
         <v>90</v>
       </c>
       <c r="C14" t="s">
         <v>91</v>
       </c>
       <c r="D14" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E14" s="3">
         <v>45916.0</v>
       </c>
       <c r="F14" s="5">
         <v>180.0</v>
       </c>
       <c r="G14" s="4">
         <v>47011.0</v>
       </c>
       <c r="H14" s="5" t="s">
         <v>23</v>
       </c>
       <c r="I14" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="J14"/>
       <c r="K14"/>
       <c r="L14"/>
       <c r="M14"/>
       <c r="N14"/>
       <c r="O14" s="5"/>
       <c r="P14" s="5"/>
       <c r="Q14" t="s">
         <v>92</v>
       </c>
       <c r="R14" t="s">
         <v>93</v>
       </c>
       <c r="S14" s="4">
         <v>367.0</v>
       </c>
       <c r="T14"/>
     </row>
     <row r="15" spans="1:20">
       <c r="B15" t="s">
         <v>94</v>
       </c>
       <c r="C15" t="s">
         <v>95</v>
       </c>
       <c r="D15" t="s">
         <v>22</v>
       </c>
       <c r="E15" s="3">
-        <v>45765.0</v>
+        <v>46042.0</v>
       </c>
       <c r="F15" s="5">
-        <v>63.0</v>
+        <v>70.0</v>
       </c>
       <c r="G15" s="4">
-        <v>46130.0</v>
+        <v>46407.0</v>
       </c>
       <c r="H15" s="5" t="s">
         <v>23</v>
       </c>
       <c r="I15" t="s">
         <v>24</v>
       </c>
       <c r="J15"/>
       <c r="K15"/>
       <c r="L15"/>
       <c r="M15"/>
       <c r="N15"/>
       <c r="O15" s="5"/>
       <c r="P15" s="5"/>
       <c r="Q15" t="s">
         <v>96</v>
       </c>
       <c r="R15" t="s">
         <v>97</v>
       </c>
       <c r="S15" s="4">
         <v>367.0</v>
       </c>
       <c r="T15"/>
     </row>
     <row r="16" spans="1:20">
       <c r="B16" t="s">
         <v>98</v>
       </c>
       <c r="C16" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="D16" t="s">
         <v>22</v>
       </c>
       <c r="E16" s="3">
-        <v>45439.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>45924.0</v>
+      </c>
+      <c r="F16" s="5"/>
       <c r="G16" s="4">
-        <v>46169.0</v>
+        <v>46289.0</v>
       </c>
       <c r="H16" s="5" t="s">
         <v>23</v>
       </c>
       <c r="I16" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="J16" t="s">
+        <v>24</v>
+      </c>
+      <c r="J16"/>
+      <c r="K16"/>
+      <c r="L16"/>
+      <c r="M16"/>
+      <c r="N16"/>
+      <c r="O16" s="5"/>
+      <c r="P16" s="5"/>
+      <c r="Q16" t="s">
+        <v>99</v>
+      </c>
+      <c r="R16" t="s">
         <v>100</v>
       </c>
-      <c r="K16"/>
-[...20 lines deleted...]
-      </c>
       <c r="S16" s="4">
-        <v>45439.0</v>
+        <v>367.0</v>
       </c>
       <c r="T16"/>
     </row>
     <row r="17" spans="1:20">
       <c r="B17" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="C17" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="D17" t="s">
-        <v>37</v>
+        <v>22</v>
       </c>
       <c r="E17" s="3">
-        <v>44400.0</v>
+        <v>45439.0</v>
       </c>
       <c r="F17" s="5">
-        <v>162.0</v>
+        <v>63.0</v>
       </c>
       <c r="G17" s="4">
-        <v>47687.0</v>
+        <v>46169.0</v>
       </c>
       <c r="H17" s="5" t="s">
         <v>23</v>
       </c>
       <c r="I17" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="J17" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="K17"/>
       <c r="L17" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="M17" t="s">
         <v>41</v>
       </c>
       <c r="N17" t="s">
-        <v>86</v>
-[...5 lines deleted...]
-        <v>108</v>
+        <v>42</v>
+      </c>
+      <c r="O17" s="5">
+        <v>98052</v>
+      </c>
+      <c r="P17" s="5">
+        <v>6512693818</v>
       </c>
       <c r="Q17" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="R17" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="S17" s="4">
-        <v>35838.0</v>
+        <v>45439.0</v>
       </c>
       <c r="T17"/>
     </row>
     <row r="18" spans="1:20">
       <c r="B18" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="C18" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="D18" t="s">
         <v>22</v>
       </c>
       <c r="E18" s="3">
-        <v>45805.0</v>
+        <v>45765.0</v>
       </c>
       <c r="F18" s="5">
         <v>70.0</v>
       </c>
       <c r="G18" s="4">
-        <v>46170.0</v>
+        <v>46495.0</v>
       </c>
       <c r="H18" s="5" t="s">
         <v>23</v>
       </c>
       <c r="I18" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="J18"/>
       <c r="K18"/>
       <c r="L18"/>
       <c r="M18"/>
       <c r="N18"/>
       <c r="O18" s="5"/>
       <c r="P18" s="5"/>
       <c r="Q18" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="R18" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="S18" s="4">
         <v>367.0</v>
       </c>
       <c r="T18"/>
     </row>
     <row r="19" spans="1:20">
       <c r="B19" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="C19" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="D19" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="E19" s="3">
-        <v>45889.0</v>
+        <v>44400.0</v>
       </c>
       <c r="F19" s="5">
-        <v>70.0</v>
+        <v>162.0</v>
       </c>
       <c r="G19" s="4">
-        <v>46459.0</v>
+        <v>47687.0</v>
       </c>
       <c r="H19" s="5" t="s">
         <v>23</v>
       </c>
       <c r="I19" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="J19" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="K19"/>
       <c r="L19" t="s">
-        <v>118</v>
+        <v>104</v>
       </c>
       <c r="M19" t="s">
         <v>41</v>
       </c>
       <c r="N19" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-        <v>98363</v>
+        <v>86</v>
+      </c>
+      <c r="O19" s="5" t="s">
+        <v>114</v>
       </c>
       <c r="P19" s="5" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="Q19" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="R19" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="S19" s="4">
-        <v>35977.0</v>
+        <v>35838.0</v>
       </c>
       <c r="T19"/>
     </row>
     <row r="20" spans="1:20">
       <c r="B20" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
       <c r="C20" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="D20" t="s">
         <v>22</v>
       </c>
       <c r="E20" s="3">
-        <v>45908.0</v>
+        <v>45805.0</v>
       </c>
       <c r="F20" s="5">
         <v>70.0</v>
       </c>
       <c r="G20" s="4">
-        <v>46273.0</v>
+        <v>46170.0</v>
       </c>
       <c r="H20" s="5" t="s">
         <v>23</v>
       </c>
       <c r="I20" t="s">
         <v>24</v>
       </c>
       <c r="J20"/>
       <c r="K20"/>
       <c r="L20"/>
       <c r="M20"/>
       <c r="N20"/>
       <c r="O20" s="5"/>
       <c r="P20" s="5"/>
       <c r="Q20" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="R20" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="S20" s="4">
         <v>367.0</v>
       </c>
       <c r="T20"/>
     </row>
     <row r="21" spans="1:20">
       <c r="B21" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="C21" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="D21" t="s">
         <v>22</v>
       </c>
       <c r="E21" s="3">
-        <v>45278.0</v>
+        <v>45889.0</v>
       </c>
       <c r="F21" s="5">
         <v>70.0</v>
       </c>
       <c r="G21" s="4">
-        <v>46375.0</v>
+        <v>46459.0</v>
       </c>
       <c r="H21" s="5" t="s">
         <v>23</v>
       </c>
       <c r="I21" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="J21" t="s">
-        <v>129</v>
+        <v>124</v>
       </c>
       <c r="K21"/>
       <c r="L21" t="s">
-        <v>130</v>
+        <v>125</v>
       </c>
       <c r="M21" t="s">
         <v>41</v>
       </c>
       <c r="N21" t="s">
-        <v>42</v>
+        <v>126</v>
       </c>
       <c r="O21" s="5">
-        <v>98501</v>
-[...2 lines deleted...]
-        <v>3604514760</v>
+        <v>98363</v>
+      </c>
+      <c r="P21" s="5" t="s">
+        <v>127</v>
       </c>
       <c r="Q21" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="R21" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="S21" s="4">
-        <v>45278.0</v>
+        <v>35977.0</v>
       </c>
       <c r="T21"/>
     </row>
     <row r="22" spans="1:20">
       <c r="B22" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="C22" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="D22" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="E22" s="3">
-        <v>45436.0</v>
+        <v>45908.0</v>
       </c>
       <c r="F22" s="5">
-        <v>0.0</v>
+        <v>70.0</v>
       </c>
       <c r="G22" s="4">
-        <v>45436.0</v>
+        <v>46273.0</v>
       </c>
       <c r="H22" s="5" t="s">
         <v>23</v>
       </c>
       <c r="I22" t="s">
         <v>24</v>
       </c>
       <c r="J22"/>
       <c r="K22"/>
       <c r="L22"/>
       <c r="M22"/>
       <c r="N22"/>
       <c r="O22" s="5"/>
       <c r="P22" s="5"/>
       <c r="Q22" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="R22" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="S22" s="4">
         <v>367.0</v>
       </c>
       <c r="T22"/>
     </row>
     <row r="23" spans="1:20">
       <c r="B23" t="s">
+        <v>134</v>
+      </c>
+      <c r="C23" t="s">
+        <v>135</v>
+      </c>
+      <c r="D23" t="s">
+        <v>22</v>
+      </c>
+      <c r="E23" s="3">
+        <v>45278.0</v>
+      </c>
+      <c r="F23" s="5">
+        <v>70.0</v>
+      </c>
+      <c r="G23" s="4">
+        <v>46375.0</v>
+      </c>
+      <c r="H23" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="I23" t="s">
+        <v>29</v>
+      </c>
+      <c r="J23" t="s">
+        <v>136</v>
+      </c>
+      <c r="K23"/>
+      <c r="L23" t="s">
         <v>137</v>
       </c>
-      <c r="C23" t="s">
+      <c r="M23" t="s">
+        <v>41</v>
+      </c>
+      <c r="N23" t="s">
+        <v>42</v>
+      </c>
+      <c r="O23" s="5">
+        <v>98501</v>
+      </c>
+      <c r="P23" s="5">
+        <v>3604514760</v>
+      </c>
+      <c r="Q23" t="s">
         <v>138</v>
       </c>
-      <c r="D23" t="s">
-[...24 lines deleted...]
-      <c r="Q23" t="s">
+      <c r="R23" t="s">
         <v>139</v>
       </c>
-      <c r="R23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S23" s="4">
-        <v>367.0</v>
+        <v>45278.0</v>
       </c>
       <c r="T23"/>
     </row>
     <row r="24" spans="1:20">
       <c r="B24" t="s">
+        <v>140</v>
+      </c>
+      <c r="C24" t="s">
         <v>141</v>
       </c>
-      <c r="C24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D24" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="E24" s="3">
-        <v>45439.0</v>
+        <v>45436.0</v>
       </c>
       <c r="F24" s="5">
-        <v>63.0</v>
+        <v>0.0</v>
       </c>
       <c r="G24" s="4">
-        <v>46169.0</v>
+        <v>45436.0</v>
       </c>
       <c r="H24" s="5" t="s">
         <v>23</v>
       </c>
       <c r="I24" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="J24"/>
       <c r="K24"/>
       <c r="L24"/>
       <c r="M24"/>
       <c r="N24"/>
       <c r="O24" s="5"/>
       <c r="P24" s="5"/>
       <c r="Q24" t="s">
+        <v>142</v>
+      </c>
+      <c r="R24" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
       <c r="S24" s="4">
         <v>367.0</v>
       </c>
       <c r="T24"/>
     </row>
     <row r="25" spans="1:20">
       <c r="B25" t="s">
+        <v>144</v>
+      </c>
+      <c r="C25" t="s">
         <v>145</v>
       </c>
-      <c r="C25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D25" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="E25" s="3">
-        <v>45898.0</v>
-[...1 lines deleted...]
-      <c r="F25" s="5"/>
+        <v>45855.0</v>
+      </c>
+      <c r="F25" s="5">
+        <v>180.0</v>
+      </c>
       <c r="G25" s="4">
-        <v>46263.0</v>
+        <v>46950.0</v>
       </c>
       <c r="H25" s="5" t="s">
         <v>23</v>
       </c>
       <c r="I25" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="J25"/>
       <c r="K25"/>
       <c r="L25"/>
       <c r="M25"/>
       <c r="N25"/>
       <c r="O25" s="5"/>
       <c r="P25" s="5"/>
       <c r="Q25" t="s">
+        <v>146</v>
+      </c>
+      <c r="R25" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
       <c r="S25" s="4">
         <v>367.0</v>
       </c>
       <c r="T25"/>
     </row>
     <row r="26" spans="1:20">
       <c r="B26" t="s">
+        <v>148</v>
+      </c>
+      <c r="C26" t="s">
         <v>149</v>
       </c>
-      <c r="C26" t="s">
+      <c r="D26" t="s">
+        <v>22</v>
+      </c>
+      <c r="E26" s="3">
+        <v>45439.0</v>
+      </c>
+      <c r="F26" s="5">
+        <v>63.0</v>
+      </c>
+      <c r="G26" s="4">
+        <v>46169.0</v>
+      </c>
+      <c r="H26" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="I26" t="s">
+        <v>29</v>
+      </c>
+      <c r="J26"/>
+      <c r="K26"/>
+      <c r="L26"/>
+      <c r="M26"/>
+      <c r="N26"/>
+      <c r="O26" s="5"/>
+      <c r="P26" s="5"/>
+      <c r="Q26" t="s">
         <v>150</v>
       </c>
-      <c r="D26" t="s">
-[...14 lines deleted...]
-      <c r="I26" t="s">
+      <c r="R26" t="s">
         <v>151</v>
       </c>
-      <c r="J26" t="s">
-[...23 lines deleted...]
-      </c>
       <c r="S26" s="4">
-        <v>45440.0</v>
+        <v>367.0</v>
       </c>
       <c r="T26"/>
     </row>
     <row r="27" spans="1:20">
       <c r="B27" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="C27" t="s">
-        <v>158</v>
+        <v>153</v>
       </c>
       <c r="D27" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="E27" s="3">
-        <v>367.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>45898.0</v>
+      </c>
+      <c r="F27" s="5"/>
       <c r="G27" s="4">
-        <v>45857.0</v>
+        <v>46263.0</v>
       </c>
       <c r="H27" s="5" t="s">
         <v>23</v>
       </c>
       <c r="I27" t="s">
         <v>24</v>
       </c>
       <c r="J27"/>
       <c r="K27"/>
       <c r="L27"/>
       <c r="M27"/>
       <c r="N27"/>
       <c r="O27" s="5"/>
       <c r="P27" s="5"/>
       <c r="Q27" t="s">
-        <v>159</v>
+        <v>154</v>
       </c>
       <c r="R27" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="S27" s="4">
         <v>367.0</v>
       </c>
       <c r="T27"/>
     </row>
     <row r="28" spans="1:20">
       <c r="B28" t="s">
+        <v>156</v>
+      </c>
+      <c r="C28" t="s">
+        <v>157</v>
+      </c>
+      <c r="D28" t="s">
+        <v>52</v>
+      </c>
+      <c r="E28" s="3">
+        <v>45440.0</v>
+      </c>
+      <c r="F28" s="5">
+        <v>0.0</v>
+      </c>
+      <c r="G28" s="4">
+        <v>45440.0</v>
+      </c>
+      <c r="H28" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="I28" t="s">
+        <v>158</v>
+      </c>
+      <c r="J28" t="s">
+        <v>159</v>
+      </c>
+      <c r="K28"/>
+      <c r="L28" t="s">
+        <v>160</v>
+      </c>
+      <c r="M28" t="s">
+        <v>41</v>
+      </c>
+      <c r="N28" t="s">
+        <v>42</v>
+      </c>
+      <c r="O28" s="5">
+        <v>98346</v>
+      </c>
+      <c r="P28" s="5" t="s">
         <v>161</v>
       </c>
-      <c r="C28" t="s">
+      <c r="Q28" t="s">
         <v>162</v>
       </c>
-      <c r="D28" t="s">
-[...24 lines deleted...]
-      <c r="Q28" t="s">
+      <c r="R28" t="s">
         <v>163</v>
       </c>
-      <c r="R28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S28" s="4">
-        <v>367.0</v>
+        <v>45440.0</v>
       </c>
       <c r="T28"/>
     </row>
     <row r="29" spans="1:20">
       <c r="B29" t="s">
+        <v>164</v>
+      </c>
+      <c r="C29" t="s">
         <v>165</v>
       </c>
-      <c r="C29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D29" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="E29" s="3">
-        <v>45715.0</v>
+        <v>367.0</v>
       </c>
       <c r="F29" s="5">
-        <v>70.0</v>
+        <v>0</v>
       </c>
       <c r="G29" s="4">
-        <v>46080.0</v>
+        <v>45857.0</v>
       </c>
       <c r="H29" s="5" t="s">
         <v>23</v>
       </c>
       <c r="I29" t="s">
         <v>24</v>
       </c>
       <c r="J29"/>
       <c r="K29"/>
       <c r="L29"/>
       <c r="M29"/>
       <c r="N29"/>
       <c r="O29" s="5"/>
       <c r="P29" s="5"/>
       <c r="Q29" t="s">
+        <v>166</v>
+      </c>
+      <c r="R29" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
       <c r="S29" s="4">
         <v>367.0</v>
       </c>
       <c r="T29"/>
+    </row>
+    <row r="30" spans="1:20">
+      <c r="B30" t="s">
+        <v>168</v>
+      </c>
+      <c r="C30" t="s">
+        <v>169</v>
+      </c>
+      <c r="D30" t="s">
+        <v>22</v>
+      </c>
+      <c r="E30" s="3">
+        <v>45918.0</v>
+      </c>
+      <c r="F30" s="5">
+        <v>70.0</v>
+      </c>
+      <c r="G30" s="4">
+        <v>46283.0</v>
+      </c>
+      <c r="H30" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="I30" t="s">
+        <v>24</v>
+      </c>
+      <c r="J30"/>
+      <c r="K30"/>
+      <c r="L30"/>
+      <c r="M30"/>
+      <c r="N30"/>
+      <c r="O30" s="5"/>
+      <c r="P30" s="5"/>
+      <c r="Q30" t="s">
+        <v>170</v>
+      </c>
+      <c r="R30" t="s">
+        <v>171</v>
+      </c>
+      <c r="S30" s="4">
+        <v>367.0</v>
+      </c>
+      <c r="T30"/>
+    </row>
+    <row r="31" spans="1:20">
+      <c r="B31" t="s">
+        <v>172</v>
+      </c>
+      <c r="C31" t="s">
+        <v>173</v>
+      </c>
+      <c r="D31" t="s">
+        <v>52</v>
+      </c>
+      <c r="E31" s="3">
+        <v>45715.0</v>
+      </c>
+      <c r="F31" s="5">
+        <v>0.0</v>
+      </c>
+      <c r="G31" s="4">
+        <v>45715.0</v>
+      </c>
+      <c r="H31" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="I31" t="s">
+        <v>24</v>
+      </c>
+      <c r="J31"/>
+      <c r="K31"/>
+      <c r="L31"/>
+      <c r="M31"/>
+      <c r="N31"/>
+      <c r="O31" s="5"/>
+      <c r="P31" s="5"/>
+      <c r="Q31" t="s">
+        <v>174</v>
+      </c>
+      <c r="R31" t="s">
+        <v>175</v>
+      </c>
+      <c r="S31" s="4">
+        <v>367.0</v>
+      </c>
+      <c r="T31"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>